--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -566,51 +566,51 @@
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="752859" y="6453386"/>
             <a:ext cx="1607944" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2584056" y="6453386"/>
             <a:ext cx="7023377" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
@@ -863,51 +863,51 @@
             <a:r>
               <a:rPr lang="fr-FR" dirty="0"/>
               <a:t>Modifiez le texte du titre</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2893566" y="6453386"/>
             <a:ext cx="5538167" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -1534,51 +1534,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBF3BF43-5001-A22F-64A7-1A47BCA75CEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1390650" y="6453386"/>
             <a:ext cx="1204572" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EAB663F-075E-480A-6974-849558500F0B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2893566" y="6453386"/>
             <a:ext cx="5538167" cy="404615"/>
@@ -1680,51 +1680,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2137,51 +2137,51 @@
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="723901" y="6453386"/>
             <a:ext cx="1204572" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2205945" y="6453386"/>
             <a:ext cx="2373675" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -2687,51 +2687,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E9DB50D-1898-841B-4B82-62CE771DD41E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1390650" y="6453386"/>
             <a:ext cx="1204572" cy="404615"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31713492-8589-2E2A-528E-F2A6DD2084E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2893566" y="6453386"/>
             <a:ext cx="5538167" cy="404615"/>
@@ -2833,51 +2833,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2990,51 +2990,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1390650" y="6453386"/>
             <a:ext cx="1204572" cy="404615"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{87DE6118-2437-4B30-8E3C-4D2BE6020583}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>10/6/2025</a:t>
+              <a:t>2/24/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2893565" y="6453386"/>
             <a:ext cx="6280831" cy="404615"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3479,51 +3479,51 @@
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="9" pos="5184">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="10" pos="702">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="11" pos="648">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/mme-anais-teysseyre-languillon" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/m-abdelkrim-idrissi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/sarah-kialunda" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/julie-sansoulet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/jade-amiel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/noella-drouet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/mme-sandie-laconde" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/mme-clementine-wojszvzyk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/simon-leveque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/julie-bariller" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/mme-anais-teysseyre-languillon" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/m-abdelkrim-idrissi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/sarah-kialunda" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/julie-sansoulet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/jade-amiel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/noella-drouet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/mme-sandie-laconde" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/celia-blancou" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/simon-leveque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ut-capitole.fr/accueil/julie-bariller" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="ZoneTexte 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FB1AB88-C01E-4CB2-835E-3CB3B6180D49}"/>
@@ -4706,79 +4706,79 @@
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="457189"/>
             <a:endParaRPr lang="fr-FR" sz="1467" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF">
                   <a:lumMod val="50000"/>
                 </a:srgbClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="457189"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1467" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF">
                     <a:lumMod val="50000"/>
                   </a:srgbClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Community Manager</a:t>
+              <a:t>Social Media Manager</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="457189"/>
             <a:r>
               <a:rPr lang="fr-FR" sz="1467" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF">
+                  <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
-                  </a:srgbClr>
+                  </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId10">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
-              <a:t>Clémentine WOJSZVZYK</a:t>
+              <a:t>Célia BLANCOU</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1467" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FFFFFF">
+                <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
-                </a:srgbClr>
+                </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="40" name="Connecteur droit 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B8D8FD1-85F1-4F6F-AA34-6730188A5E08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="2149187" y="2045167"/>
             <a:ext cx="0" cy="374475"/>
@@ -5320,51 +5320,51 @@
       <a:lstStyle>
         <a:defPPr algn="ctr">
           <a:defRPr sz="1600" b="1" dirty="0">
             <a:solidFill>
               <a:srgbClr val="E46C0A"/>
             </a:solidFill>
             <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:defRPr>
         </a:defPPr>
       </a:lstStyle>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="PPoint_UTC_2023" id="{1E1AAFA6-CEE0-D948-A146-99CBB9C272C2}" vid="{1375AA85-EC08-B247-9AC5-64BF4757D786}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>95</Words>
+  <Words>96</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
   <Paragraphs>29</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>